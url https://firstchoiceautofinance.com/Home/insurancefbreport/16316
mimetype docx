--- v1 (2026-01-13)
+++ v2 (2026-03-11)
@@ -40,51 +40,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vehicle:</w:t>
       </w:r>
       <w:r w:rsidRPr="003D2B22">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0015405C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2012 JEEP Wrangler Green</w:t>
+        <w:t>2012 JEEP Wrangler Black</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E597940" w14:textId="78E46D33" w:rsidR="00BD29CE" w:rsidRPr="00D25B3A" w:rsidRDefault="00BD29CE" w:rsidP="00D25B3A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D25B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>VIN NUMBER:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D25B3A">
         <w:rPr>