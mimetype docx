--- v1 (2026-01-13)
+++ v2 (2026-02-23)
@@ -142,80 +142,80 @@
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>KEY NO:</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t>120</w:t>
+        <w:t>132</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5AE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PAYOFF TIME:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> 26</w:t>
+        <w:t xml:space="preserve"> 32</w:t>
       </w:r>
       <w:r w:rsidR="009E403D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> months</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EEF230" w14:textId="55E277C8" w:rsidR="0051005F" w:rsidRPr="00A10FD1" w:rsidRDefault="00F018C5" w:rsidP="00A61991">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10FD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>