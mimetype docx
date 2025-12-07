--- v0 (2025-11-07)
+++ v1 (2025-12-07)
@@ -106,51 +106,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3E2766" w14:textId="7D88FC92" w:rsidR="006A5AE4" w:rsidRPr="006A5AE4" w:rsidRDefault="006A5AE4" w:rsidP="00A61991">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A5AE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MILEAGE:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> 235,042 </w:t>
+        <w:t xml:space="preserve"> 146,050 </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>KEY NO:</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>