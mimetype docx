--- v0 (2025-10-13)
+++ v1 (2026-03-02)
@@ -142,51 +142,51 @@
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>KEY NO:</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t>87</w:t>
+        <w:t>75</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5AE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PAYOFF TIME:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -911,101 +911,124 @@
           <w:p w14:paraId="4429B89A" w14:textId="156AAB87" w:rsidR="00082650" w:rsidRDefault="00082650" w:rsidP="004E6E1A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52EE2FA2" w14:textId="7A5A5547" w:rsidR="002D3108" w:rsidRDefault="002D3108" w:rsidP="00E966B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AADC44F" w14:textId="6750DD0B" w:rsidR="00486B44" w:rsidRPr="00552D0A" w:rsidRDefault="00486B44" w:rsidP="00E966B5">
+    <w:p w14:paraId="2AADC44F" w14:textId="3B6724D1" w:rsidR="00486B44" w:rsidRPr="00552D0A" w:rsidRDefault="00486B44" w:rsidP="00215A77">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00552D0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="double"/>
         </w:rPr>
-        <w:t>(WE DO NOT ACCEPT FIRST CHICAGO OR LIBERTY MUTUAL)</w:t>
+        <w:t>(WE DO NOT ACCEPT FIRST CHICAGO OR LIBERTY MUTUAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00215A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="double"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OR FOUNDERS INSURANCE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00552D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="double"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00486B44" w:rsidRPr="00552D0A" w:rsidSect="001C2BB4">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="doubleWave" w:sz="6" w:space="24" w:color="auto"/>
         <w:left w:val="doubleWave" w:sz="6" w:space="24" w:color="auto"/>
         <w:bottom w:val="doubleWave" w:sz="6" w:space="24" w:color="auto"/>
         <w:right w:val="doubleWave" w:sz="6" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AD53373" w14:textId="77777777" w:rsidR="00431A76" w:rsidRDefault="00431A76" w:rsidP="000F2BFD">
+    <w:p w14:paraId="73F74597" w14:textId="77777777" w:rsidR="000F518A" w:rsidRDefault="000F518A" w:rsidP="000F2BFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4724271F" w14:textId="77777777" w:rsidR="00431A76" w:rsidRDefault="00431A76" w:rsidP="000F2BFD">
+    <w:p w14:paraId="5758B70E" w14:textId="77777777" w:rsidR="000F518A" w:rsidRDefault="000F518A" w:rsidP="000F2BFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1044,61 +1067,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5234A3FF" w14:textId="77777777" w:rsidR="00431A76" w:rsidRDefault="00431A76" w:rsidP="000F2BFD">
+    <w:p w14:paraId="54EC9EBE" w14:textId="77777777" w:rsidR="000F518A" w:rsidRDefault="000F518A" w:rsidP="000F2BFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="179F8F02" w14:textId="77777777" w:rsidR="00431A76" w:rsidRDefault="00431A76" w:rsidP="000F2BFD">
+    <w:p w14:paraId="5C1B4456" w14:textId="77777777" w:rsidR="000F518A" w:rsidRDefault="000F518A" w:rsidP="000F2BFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="105B147A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="04090021"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -1950,107 +1973,110 @@
   <w:num w:numId="3" w16cid:durableId="2033411832">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="545877418">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="330453439">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="630982715">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1588806788">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="695081887">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1L4mIN4QlfW6sffj+lWCYSZ0nGI0pwfrsImGreh5T6EFzojQmhAtLwT0VPka+aMikJUXgENRt2gAx0oqa5x9XQ==" w:salt="GA2y1W6TtKOvUb2GUTnSsw=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3VFAfFRtlFsjG/tDidA5hMkk7CzIdWqoK8qX+EfnFYlAZravy9Aw5rnio6poK2xi/voVBp6hszvSUNzqSozJ6g==" w:salt="t2G5IvNV/iIv1Fz9M36AYA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F018C5"/>
     <w:rsid w:val="00002DAE"/>
     <w:rsid w:val="00007A33"/>
     <w:rsid w:val="00023C6D"/>
     <w:rsid w:val="00070C7A"/>
     <w:rsid w:val="00072A74"/>
     <w:rsid w:val="00075ECC"/>
     <w:rsid w:val="00082650"/>
     <w:rsid w:val="00084193"/>
     <w:rsid w:val="000C667F"/>
     <w:rsid w:val="000D55CF"/>
     <w:rsid w:val="000F2BFD"/>
+    <w:rsid w:val="000F518A"/>
     <w:rsid w:val="0015405C"/>
     <w:rsid w:val="00164C4E"/>
     <w:rsid w:val="001C2BB4"/>
     <w:rsid w:val="001D12C0"/>
     <w:rsid w:val="001E421B"/>
+    <w:rsid w:val="00215A77"/>
     <w:rsid w:val="002423BE"/>
     <w:rsid w:val="00250F82"/>
     <w:rsid w:val="002D3108"/>
     <w:rsid w:val="002F2791"/>
     <w:rsid w:val="002F3BCF"/>
     <w:rsid w:val="002F7746"/>
     <w:rsid w:val="00311A8E"/>
     <w:rsid w:val="00323F48"/>
     <w:rsid w:val="0034369D"/>
     <w:rsid w:val="00382AFA"/>
     <w:rsid w:val="00382E79"/>
     <w:rsid w:val="003D2B22"/>
     <w:rsid w:val="003D4A91"/>
     <w:rsid w:val="004000D2"/>
     <w:rsid w:val="00407CCF"/>
     <w:rsid w:val="00431A76"/>
+    <w:rsid w:val="00456139"/>
     <w:rsid w:val="00461E69"/>
     <w:rsid w:val="00486B44"/>
     <w:rsid w:val="004C0BB9"/>
     <w:rsid w:val="004C1BF7"/>
     <w:rsid w:val="004E25BE"/>
     <w:rsid w:val="004E6E1A"/>
     <w:rsid w:val="0051005F"/>
     <w:rsid w:val="00516EF8"/>
     <w:rsid w:val="0055249F"/>
     <w:rsid w:val="00552D0A"/>
     <w:rsid w:val="00567284"/>
     <w:rsid w:val="005B4E45"/>
     <w:rsid w:val="005D25DB"/>
     <w:rsid w:val="005D4F49"/>
     <w:rsid w:val="005F73B7"/>
     <w:rsid w:val="00623787"/>
     <w:rsid w:val="0068153C"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006B557A"/>
     <w:rsid w:val="006F657A"/>
     <w:rsid w:val="006F6897"/>
     <w:rsid w:val="0072549C"/>
     <w:rsid w:val="007A1D87"/>
     <w:rsid w:val="007C5633"/>
     <w:rsid w:val="007E7BEE"/>
@@ -2978,66 +3004,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8EC4ED5-49E1-43C2-A3E9-C89A0EBADD97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>110</Words>
-  <Characters>632</Characters>
+  <Words>114</Words>
+  <Characters>650</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>741</CharactersWithSpaces>
+  <CharactersWithSpaces>763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>mirvet</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>