--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -40,182 +40,182 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vehicle:</w:t>
       </w:r>
       <w:r w:rsidRPr="003D2B22">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0015405C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>DATA01</w:t>
+        <w:t>2008 Ford Edge Black</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E597940" w14:textId="78E46D33" w:rsidR="00BD29CE" w:rsidRPr="00D25B3A" w:rsidRDefault="00BD29CE" w:rsidP="00D25B3A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D25B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>VIN NUMBER:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D25B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0015405C" w:rsidRPr="00D25B3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>DATA02</w:t>
+        <w:t>2FMDK46C68BA26337</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3E2766" w14:textId="7D88FC92" w:rsidR="006A5AE4" w:rsidRPr="006A5AE4" w:rsidRDefault="006A5AE4" w:rsidP="00A61991">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A5AE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MILEAGE:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> DATA05 </w:t>
+        <w:t xml:space="preserve"> 248,451 </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>KEY NO:</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t>DATA07</w:t>
+        <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5AE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PAYOFF TIME:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> DATA06</w:t>
+        <w:t xml:space="preserve"> 18</w:t>
       </w:r>
       <w:r w:rsidR="009E403D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> months</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EEF230" w14:textId="55E277C8" w:rsidR="0051005F" w:rsidRPr="00A10FD1" w:rsidRDefault="00F018C5" w:rsidP="00A61991">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10FD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
@@ -430,51 +430,51 @@
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055249F">
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r w:rsidRPr="0055249F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0015405C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>DATA03</w:t>
+        <w:t>First Choice Auto Finance LLC 1000 Woodville Rd Toledo OH 43605</w:t>
       </w:r>
       <w:r w:rsidRPr="0055249F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be the </w:t>
       </w:r>
       <w:r w:rsidRPr="0055249F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="double"/>
         </w:rPr>
         <w:t>LIEN HOLDER or FINANCE COMPANY</w:t>
       </w:r>
       <w:r w:rsidRPr="0055249F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -589,51 +589,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>by email only to</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F744320" w14:textId="67DC3705" w:rsidR="0055249F" w:rsidRDefault="00974802" w:rsidP="00084193">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002423BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>DATA04</w:t>
+        <w:t>firstchoiceautofinance@gmail.com</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7AAF7D" w14:textId="275ABF2C" w:rsidR="0055249F" w:rsidRDefault="005B4E45" w:rsidP="0055249F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The vehicle + </w:t>
       </w:r>
       <w:r w:rsidR="00CB0622" w:rsidRPr="0055249F">