--- v0 (2026-01-13)
+++ v1 (2026-02-23)
@@ -142,51 +142,51 @@
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>KEY NO:</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00BB63D5" w:rsidRPr="00BB63D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5AE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PAYOFF TIME:</w:t>
       </w:r>
       <w:r>
         <w:rPr>